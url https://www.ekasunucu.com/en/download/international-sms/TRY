--- v0 (2025-11-01)
+++ v1 (2026-02-22)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6355</t>
+    <t>9,1624</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0682</t>
+    <t>5,3775</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,1365</t>
+    <t>10,7549</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,807</t>
+    <t>13,5884</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,6959</t>
+    <t>12,4095</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,5517</t>
+    <t>10,1344</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,4971</t>
+    <t>5,8325</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,5692</t>
+    <t>17,5801</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2632</t>
+    <t>5,5843</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3314</t>
+    <t>10,9617</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,6452</t>
+    <t>14,4778</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,9922</t>
+    <t>8,4798</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1189</t>
+    <t>3,3092</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9942</t>
+    <t>11,6649</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2807</t>
+    <t>13,03</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,306</t>
+    <t>11,9959</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,425</t>
+    <t>15,3051</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1384</t>
+    <t>3,3299</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,191</t>
+    <t>4,4467</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>115,0097</t>
+    <t>122,0269</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,6023</t>
+    <t>8,0662</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,3099</t>
+    <t>7,7559</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,3606</t>
+    <t>8,8707</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,6277</t>
+    <t>7,0321</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,6784</t>
+    <t>4,9638</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,0429</t>
+    <t>6,4116</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,7778</t>
+    <t>18,8625</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5088</t>
+    <t>3,7229</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,0175</t>
+    <t>7,4457</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,0273</t>
+    <t>12,7611</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,9376</t>
+    <t>4,1779</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,2125</t>
+    <t>7,6525</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,154</t>
+    <t>18,2006</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3821</t>
+    <t>8,8935</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,9415</t>
+    <t>10,5481</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,9747</t>
+    <t>11,6443</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,8558</t>
+    <t>8,3351</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,1618</t>
+    <t>9,7208</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,3489</t>
+    <t>18,4074</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,7212</t>
+    <t>11,3754</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,7719</t>
+    <t>9,3071</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6706</t>
+    <t>13,4436</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,5731</t>
+    <t>13,3402</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3392</t>
+    <t>2,4819</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,6881</t>
+    <t>10,2792</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,5945</t>
+    <t>16,546</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3236</t>
+    <t>19,4416</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
+    <t>8,273</t>
+  </si>
+  <si>
+    <t>GT</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>GW</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>16,3599</t>
+  </si>
+  <si>
+    <t>GY</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HN</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>HT</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>11,789</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>6,6184</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>9,514</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>IQ</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>IR</t>
+  </si>
+  <si>
+    <t>Iran, Islamic Republic of</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>7,8594</t>
+  </si>
+  <si>
+    <t>JM</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>JO</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>14,8914</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>KE</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>KG</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>KH</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>8,6039</t>
+  </si>
+  <si>
+    <t>KI</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>9,9897</t>
+  </si>
+  <si>
+    <t>KM</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>9,4519</t>
+  </si>
+  <si>
+    <t>KN</t>
+  </si>
+  <si>
+    <t>Saint Kitts and Nevis</t>
+  </si>
+  <si>
+    <t>12,6163</t>
+  </si>
+  <si>
+    <t>KP</t>
+  </si>
+  <si>
+    <t>Korea, Democratic People's Republic of</t>
+  </si>
+  <si>
+    <t>14,4364</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>4,3433</t>
+  </si>
+  <si>
+    <t>KW</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>Cayman Islands</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>Lao People's Democratic Republic</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>LI</t>
+  </si>
+  <si>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>9,9276</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>LS</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>7,2389</t>
+  </si>
+  <si>
+    <t>LY</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Monaco</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Moldova, Republic of</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>5,7911</t>
+  </si>
+  <si>
+    <t>MG</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>11,1686</t>
+  </si>
+  <si>
+    <t>MH</t>
+  </si>
+  <si>
+    <t>Marshall Islands</t>
+  </si>
+  <si>
+    <t>MK</t>
+  </si>
+  <si>
+    <t>Macedonia, the Former Yugoslav Republic of</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>MM</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Macao</t>
+  </si>
+  <si>
+    <t>MQ</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
+  <si>
+    <t>MR</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>24,819</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>Montserrat</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>MU</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>19,6898</t>
+  </si>
+  <si>
+    <t>MV</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>MW</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>5,0052</t>
+  </si>
+  <si>
+    <t>MY</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>MZ</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>New Caledonia</t>
+  </si>
+  <si>
+    <t>24,1365</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>NG</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>3,516</t>
+  </si>
+  <si>
+    <t>NI</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>13,6505</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
     <t>7,7973</t>
   </si>
   <si>
-    <t>GT</t>
-[...475 lines deleted...]
-  <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5439</t>
+    <t>18,6143</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,4503</t>
+    <t>14,2709</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8733</t>
+    <t>5,1706</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4327</t>
+    <t>6,8252</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,1326</t>
+    <t>14,9948</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7037</t>
+    <t>3,9297</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,501</t>
+    <t>12,2027</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,1462</t>
+    <t>26,6805</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,5497</t>
+    <t>6,9493</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9162</t>
+    <t>11,5822</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,076</t>
+    <t>7,5078</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7739</t>
+    <t>12,4922</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,692</t>
+    <t>16,6494</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,8402</t>
+    <t>14,6846</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,3333</t>
+    <t>14,1468</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,5536</t>
+    <t>13,3195</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,0604</t>
+    <t>13,8573</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4834</t>
+    <t>4,757</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5595</t>
+    <t>1,6546</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,4932</t>
+    <t>20,6825</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,3372</t>
+    <t>20,5171</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2281</t>
+    <t>11,9131</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>